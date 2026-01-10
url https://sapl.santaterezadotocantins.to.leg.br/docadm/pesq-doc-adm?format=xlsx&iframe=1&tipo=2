--- v0 (2025-10-05)
+++ v1 (2026-01-10)
@@ -153,51 +153,51 @@
   <si>
     <t>27</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº 13.709/2018 (Lei Geral de Proteção de Dados Pessoais - LGPD), no âmbito da Câmara Municipal de Santa Tereza do Tocantins/TО, е dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Institui a Política de Privacidade e Proteção de Dados, no âmbito da Câmara Municipal de Santa Tereza do Tocantins/TО, е dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>Encarregado/responsável pelo Tratamento de Dados Pessoais da Câmara Municipal de Santa Tereza do Tocantins/TO: ALESSANDRO CIRQUEIRA DE CASTRO. Canais de comunicação: E-mail: cmsantatereza@gmail.com - Endereço: Rua Minas Gerais, Qd. 44, Lt. 14, Centro, Câmara de Santa Tereza do Tocantins.</t>
+    <t>Encarregado/responsável pelo Tratamento de Dados Pessoais da Câmara Municipal de Santa Tereza do Tocantins/TO: ALESSANDRO CIRQUEIRA DE CASTRO. Canais de comunicação: Telefone: (63) 99282-8047, E-mail: cmsantatereza@gmail.com - Endereço: Rua Minas Gerais, Qd. 44, Lt. 14, Centro, Câmara de Santa Tereza do Tocantins.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei Federal nº 14.129/2021, no âmbito do Poder Legislativo Municipal, para instituir o Programa de Governo Digital, e dá outras providências.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Designa departamento responsável por receber e processar manifestações de solicitantes, em conformidade com o Art. 10, § 3º, da Lei Federal nº 13.460/2017. (Departamento responsável por atuar como o canal inicial de atendimento da Ouvidoria).</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Regulamenta a Lei nº 12.527, de 18 de novembro de 2011 (Lei de Acesso à Informação), no âmbito da Câmara Municipal de Santa Tereza do Tocantins/ТО.</t>
   </si>