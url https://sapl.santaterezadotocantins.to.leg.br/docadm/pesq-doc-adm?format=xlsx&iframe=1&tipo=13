--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -10,311 +10,548 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="166">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>AS</t>
+  </si>
+  <si>
+    <t>Ata da Sessão</t>
+  </si>
+  <si>
+    <t>Ata da 1ª Sessão Ordinária - Dia 26.02.2024</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Ata da 2ª Sessão Ordinária - Dia 04.03.2024</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Ata da 3ª Sessão Ordinária - Dia 18.03.2024</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Ata da 4ª Sessão Ordinária - Dia 01.04.2024</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Ata da 5ª Sessão Ordinária - Dia 08.04.2024</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Ata da 6ª Sessão Ordinária - Dia 15.04.2024</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Ata da 7ª Sessão Ordinária - Dia 22.04.2024</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Ata da 8ª Sessão Ordinária - Dia 06.05.2024</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Ata da 9ª Sessão Ordinária - Dia 20.05.2024</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Ata da 10ª Sessão Ordinária - Dia 27.05.2024</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Ata da 12ª Sessão Ordinária - Dia 17.06.2024</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Ata da 13ª Sessão Ordinária - Dia 19.06.2024</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Ata da 14ª Sessão Ordinária - Dia 05.08.2024</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Ata da 15ª Sessão Ordinária - Dia 19.08.2024</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Ata da 16ª Sessão Ordinária - Dia 26.08.2024</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Ata da 17ª Sessão Ordinária - Dia 02.09.2024</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Ata da 18ª Sessão Ordinária - Dia 09.09.2024</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Ata da 19ª Sessão Ordinária - Dia 16.09.2024</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Ata da 20ª Sessão Ordinária - Dia 23.09.2024</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Ata da 21ª Sessão Ordinária - Dia 14.10.2024</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Ata da 22ª Sessão Ordinária - Dia 04.11.2024</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Ata da 23ª Sessão Ordinária - Dia 04.11.2024</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Ata da 24ª Sessão Ordinária - Dia 11.11.2024</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Ata da 25ª Sessão Ordinária - Dia 18.11.2024</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Ata da 26ª Sessão Ordinária - Dia 25.11.2024</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Ata da 27ª Sessão Ordinária - Dia 04.12.2024</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Ata da 28ª Sessão Ordinária - Dia 09.12.2024</t>
+  </si>
+  <si>
     <t>43</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>1</t>
-[...7 lines deleted...]
-  <si>
     <t>Ata da 1ª Sessão Ordinária - Dia 18/02/2025.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 2ª Sessão Ordinária - Dia 24/02/2025.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 3ª Sessão Ordinária - Dia 10/03/2025.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 4ª Sessão Ordinária - Dia 17/03/2025.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 5ª Sessão Ordinária - Dia 24/03/2025.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 6ª Sessão Ordinária - Dia 31/03/2025.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 7ª Sessão Ordinária - Dia 07/04/2025.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 8ª Sessão Ordinária - Dia 14/04/2025.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 9ª Sessão Ordinária - Dia 24/04/2025.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 10ª Sessão Ordinária - Dia 28/04/2025.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Ata da 11ª Sessão Ordinária - Dia 05/05/2025.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 12ª Sessão Ordinária - Dia 12/05/2025.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 13ª Sessão Ordinária - Dia 19/05/2025.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 14ª Sessão Ordinária - Dia 26/05/2025.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 15ª Sessão Ordinária - Dia 05/06/2025.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 16ª Sessão Ordinária - Dia 09/06/2025.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 17ª Sessão Ordinária - Dia 16/06/2025.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 18ª Sessão Ordinária - Dia 23/06/2025.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 19ª Sessão Ordinária - Dia 30/06/2025.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 20ª Sessão Ordinária - Dia 04/08/2025.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>21</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 21ª Sessão Ordinária - Dia 11/08/2025.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 22ª Sessão Ordinária - Dia 18/08/2025.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 23ª Sessão Ordinária - Dia 25/08/2025.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 24ª Sessão Ordinária - Dia 01/09/2025.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 25ª Sessão Ordinária - Dia 11/09/2025.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>Ata da 26ª Sessão Ordinária - Dia 18/09/2025.</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>Ata da 27ª Sessão Ordinária - Dia 22/09/2025.</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>Ata da 28ª Sessão Ordinária - Dia 29/09/2025.</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Ata da 29ª Sessão Ordinária - Dia 06/10/2025.</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Ata da 30ª Sessão Ordinária - Dia 13/10/2025.</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Ata da 31ª Sessão Ordinária - Dia 20/10/2025.</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Ata da 32ª Sessão Ordinária - Dia 27/10/2025.</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Ata da 33ª Sessão Ordinária - Dia 03/11/2025.</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Ata da 34ª Sessão Ordinária - Dia 10/11/2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -606,51 +843,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:F62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1158,50 +1395,750 @@
       <c r="E26" t="s">
         <v>10</v>
       </c>
       <c r="F26" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>84</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>85</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27" t="s">
         <v>10</v>
       </c>
       <c r="F27" t="s">
         <v>86</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" t="s">
+        <v>87</v>
+      </c>
+      <c r="B28" t="s">
+        <v>7</v>
+      </c>
+      <c r="C28" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" t="s">
+        <v>9</v>
+      </c>
+      <c r="E28" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" t="s">
+        <v>90</v>
+      </c>
+      <c r="B29" t="s">
+        <v>91</v>
+      </c>
+      <c r="C29" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>93</v>
+      </c>
+      <c r="B30" t="s">
+        <v>91</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>9</v>
+      </c>
+      <c r="E30" t="s">
+        <v>10</v>
+      </c>
+      <c r="F30" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" t="s">
+        <v>91</v>
+      </c>
+      <c r="C31" t="s">
+        <v>16</v>
+      </c>
+      <c r="D31" t="s">
+        <v>9</v>
+      </c>
+      <c r="E31" t="s">
+        <v>10</v>
+      </c>
+      <c r="F31" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>97</v>
+      </c>
+      <c r="B32" t="s">
+        <v>91</v>
+      </c>
+      <c r="C32" t="s">
+        <v>19</v>
+      </c>
+      <c r="D32" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" t="s">
+        <v>10</v>
+      </c>
+      <c r="F32" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>99</v>
+      </c>
+      <c r="B33" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33" t="s">
+        <v>22</v>
+      </c>
+      <c r="D33" t="s">
+        <v>9</v>
+      </c>
+      <c r="E33" t="s">
+        <v>10</v>
+      </c>
+      <c r="F33" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>101</v>
+      </c>
+      <c r="B34" t="s">
+        <v>91</v>
+      </c>
+      <c r="C34" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" t="s">
+        <v>9</v>
+      </c>
+      <c r="E34" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>103</v>
+      </c>
+      <c r="B35" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" t="s">
+        <v>28</v>
+      </c>
+      <c r="D35" t="s">
+        <v>9</v>
+      </c>
+      <c r="E35" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>105</v>
+      </c>
+      <c r="B36" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" t="s">
+        <v>31</v>
+      </c>
+      <c r="D36" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" t="s">
+        <v>10</v>
+      </c>
+      <c r="F36" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" t="s">
+        <v>91</v>
+      </c>
+      <c r="C37" t="s">
+        <v>34</v>
+      </c>
+      <c r="D37" t="s">
+        <v>9</v>
+      </c>
+      <c r="E37" t="s">
+        <v>10</v>
+      </c>
+      <c r="F37" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>109</v>
+      </c>
+      <c r="B38" t="s">
+        <v>91</v>
+      </c>
+      <c r="C38" t="s">
+        <v>37</v>
+      </c>
+      <c r="D38" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" t="s">
+        <v>10</v>
+      </c>
+      <c r="F38" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>111</v>
+      </c>
+      <c r="B39" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" t="s">
+        <v>112</v>
+      </c>
+      <c r="D39" t="s">
+        <v>9</v>
+      </c>
+      <c r="E39" t="s">
+        <v>10</v>
+      </c>
+      <c r="F39" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>114</v>
+      </c>
+      <c r="B40" t="s">
+        <v>91</v>
+      </c>
+      <c r="C40" t="s">
+        <v>40</v>
+      </c>
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>116</v>
+      </c>
+      <c r="B41" t="s">
+        <v>91</v>
+      </c>
+      <c r="C41" t="s">
+        <v>43</v>
+      </c>
+      <c r="D41" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>118</v>
+      </c>
+      <c r="B42" t="s">
+        <v>91</v>
+      </c>
+      <c r="C42" t="s">
+        <v>46</v>
+      </c>
+      <c r="D42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" t="s">
+        <v>10</v>
+      </c>
+      <c r="F42" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>120</v>
+      </c>
+      <c r="B43" t="s">
+        <v>91</v>
+      </c>
+      <c r="C43" t="s">
+        <v>49</v>
+      </c>
+      <c r="D43" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>122</v>
+      </c>
+      <c r="B44" t="s">
+        <v>91</v>
+      </c>
+      <c r="C44" t="s">
+        <v>52</v>
+      </c>
+      <c r="D44" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>124</v>
+      </c>
+      <c r="B45" t="s">
+        <v>91</v>
+      </c>
+      <c r="C45" t="s">
+        <v>55</v>
+      </c>
+      <c r="D45" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>126</v>
+      </c>
+      <c r="B46" t="s">
+        <v>91</v>
+      </c>
+      <c r="C46" t="s">
+        <v>58</v>
+      </c>
+      <c r="D46" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>128</v>
+      </c>
+      <c r="B47" t="s">
+        <v>91</v>
+      </c>
+      <c r="C47" t="s">
+        <v>61</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" t="s">
+        <v>130</v>
+      </c>
+      <c r="B48" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" t="s">
+        <v>64</v>
+      </c>
+      <c r="D48" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>132</v>
+      </c>
+      <c r="B49" t="s">
+        <v>91</v>
+      </c>
+      <c r="C49" t="s">
+        <v>67</v>
+      </c>
+      <c r="D49" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>134</v>
+      </c>
+      <c r="B50" t="s">
+        <v>91</v>
+      </c>
+      <c r="C50" t="s">
+        <v>70</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>136</v>
+      </c>
+      <c r="B51" t="s">
+        <v>91</v>
+      </c>
+      <c r="C51" t="s">
+        <v>73</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>138</v>
+      </c>
+      <c r="B52" t="s">
+        <v>91</v>
+      </c>
+      <c r="C52" t="s">
+        <v>76</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>140</v>
+      </c>
+      <c r="B53" t="s">
+        <v>91</v>
+      </c>
+      <c r="C53" t="s">
+        <v>79</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>142</v>
+      </c>
+      <c r="B54" t="s">
+        <v>91</v>
+      </c>
+      <c r="C54" t="s">
+        <v>82</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>144</v>
+      </c>
+      <c r="B55" t="s">
+        <v>91</v>
+      </c>
+      <c r="C55" t="s">
+        <v>85</v>
+      </c>
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" t="s">
+        <v>10</v>
+      </c>
+      <c r="F55" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>146</v>
+      </c>
+      <c r="B56" t="s">
+        <v>91</v>
+      </c>
+      <c r="C56" t="s">
+        <v>88</v>
+      </c>
+      <c r="D56" t="s">
+        <v>9</v>
+      </c>
+      <c r="E56" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>148</v>
+      </c>
+      <c r="B57" t="s">
+        <v>91</v>
+      </c>
+      <c r="C57" t="s">
+        <v>149</v>
+      </c>
+      <c r="D57" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>151</v>
+      </c>
+      <c r="B58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C58" t="s">
+        <v>152</v>
+      </c>
+      <c r="D58" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" t="s">
+        <v>10</v>
+      </c>
+      <c r="F58" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" t="s">
+        <v>154</v>
+      </c>
+      <c r="B59" t="s">
+        <v>91</v>
+      </c>
+      <c r="C59" t="s">
+        <v>155</v>
+      </c>
+      <c r="D59" t="s">
+        <v>9</v>
+      </c>
+      <c r="E59" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" t="s">
+        <v>157</v>
+      </c>
+      <c r="B60" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" t="s">
+        <v>158</v>
+      </c>
+      <c r="D60" t="s">
+        <v>9</v>
+      </c>
+      <c r="E60" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>160</v>
+      </c>
+      <c r="B61" t="s">
+        <v>91</v>
+      </c>
+      <c r="C61" t="s">
+        <v>161</v>
+      </c>
+      <c r="D61" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" t="s">
+        <v>10</v>
+      </c>
+      <c r="F61" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" t="s">
+        <v>163</v>
+      </c>
+      <c r="B62" t="s">
+        <v>91</v>
+      </c>
+      <c r="C62" t="s">
+        <v>164</v>
+      </c>
+      <c r="D62" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" t="s">
+        <v>10</v>
+      </c>
+      <c r="F62" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>